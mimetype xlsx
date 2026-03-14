--- v0 (2026-01-23)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>IRMÃO CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFICIO AO PREFEITO COM CÓPIAS AO SECRETÁRIO DE INFRAESTRUTURA SUGERINDO A CONSTRUÇÃO DE UMA LOMBADA NA RN-160 NA COMUNIDADE DE RIO DOS ÍNDIOS, PRÓXIMO AO BAR DO BATISTA.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t xml:space="preserve">PARA SER ENCAMINHADO OFICIO AO PREFEITO COM CÓPIAS AO SECRETÁRIO DE INFRAESTRUTURA SUGERINDO DESTINAR PARTE DO ASFALTO RECEBIDO COMO DOAÇÃO DO GOVERNO DO ESTADO A ESTE MUNICÍPIO, PARA COMPLETAR A RN-160, TRECHO QUE SE INICIA NO CERU EM COQUEIROS ATÉ O TREVO DA BR-101 EM CAIANA. </t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>RONALDO VENÂNCIO</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETÁRIA DE EDUCAÇÃO, SUGERINDO A INCLUSÃO DE MAIS UM ÔNIBUS ESTUDANTIL NO PERÍODO MATUTINO COM DESTINO A CIDADE DE JOÃO CÂMARA PARA O INSTITUTO FEDERAL DE EDUCAÇÃO CIÊNCIAS E TECNOLOGIA DO RIO GRANDE DO NORTE &amp;#8211; IFRN.</t>
   </si>
@@ -1774,138 +1774,138 @@
   <si>
     <t xml:space="preserve">QUE CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO REVERENDÍSSIMO PADRE BIANOR FRANCISCO DE LIMA JÚNIOR </t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>QUE CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO REVERENDÍSSIMO DOM MATIAS PATRÍCIO DE MACÊDO, EM RECONHECIMENTO PELOS BONS E RELEVANTES SERVIÇOS PRESTADOS A ESTE MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>QUE CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR ANTONIO LEITE RAMALHO, EM RECONHECIMENTO PELOS BONS E RELEVANTES SERVIÇOS PRESTADOS A ESTE MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>QUE CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR FRANCISCO ALVES RIBEIRO, EM RECONHECIMENTO PELOS BONS E RELEVANTES SERVIÇOS PRESTADOS A ESTE MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/465/465_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR GILVAN DA SILVA DANTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/393/393_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR MARTIM ALVES DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR MIGUEL ADELINO DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR ANTONIO JÁCOME DE LIMA JÚNIOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TITULO DE CIDADÃO CEARAMIRINENSE AO SENHOR ROBERTO DA MATA FRAGOSO, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>PLEX</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>ALTERA O ART. 3 DA LEI MUNICIPAL Nº 1.455 DE 16/12/2005, REAJUSTANDO O VALOR DO VENCIMENTO DO CARGO DE AGENTES DE COMBATE DE ENDEMIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENAÇÃO MUNICIPAL DE TRÂNSITO DE CEARÁ-MIRIM - COMUTRAN/SM, DA JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÃO &amp;#8211; JARI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>AUTORIZA E DISCIPLINA A CONTRAÇÃO DE PESSOAL EM CARÁTER TEMPORÁRIO, NA FORMA DO DISPOSTO NO INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL E LEI Nº 1.196,/1991, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/446/446_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL À ASSOCIAÇÃO MUNICIPAL DOS AGENTES DE SAÚDE DE CEARÁ-MIRIM/RN, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/447/447_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL À PRIMEIRA IGREJA BATISTA EM CEARÁ-MIRIM/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/448/448_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL À PRIMEIRA IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/449/449_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL AO GRUPO DE CAPOEIRA BERIMBAU E ARTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL À IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS DO BOM RETIRO EM CEARÁ-MIRIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEL MUNICIPAL À UNIÃO NORDESTE BRASILEIRA DA ADVENTISTA DO SÉTIMO DIA, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕES SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.   </t>
   </si>
   <si>
     <t>479</t>
   </si>
@@ -1966,60 +1966,60 @@
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE SABATINA PRÉVIA PELO PODER LEGISLATIVO, QUANDO DA NOMEAÇÃO DOS CARGOS DE DIREÇÃO DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO-SAAE E DA FUNDAÇÃO NILO PEREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CEARÁ-MIRIM A UTILIZAR OS ÔNIBUS E MICRO ÔNIBUS ORIUNDOS DE DOAÇÃO DO GOVERNO FEDERAL E ESTADUAL NO TRANSPORTE DOS ESTUDANTES NA LINHA CEARÁ-MIRIM/NATAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUAS NO MUNICÍPIO DE CEARÁ MIRIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE NOMEAÇÃO DE SERVIDORES COMISSIONADOS ENQUADRADOS NOS PRECEITOS CONSTANTES DA LEI COMPLEMENTAR FEDERAL Nº 135/2010, DE 04/06/2010, NO ÂMBITO DO MUNICÍPIO DE CEARÁ-MIRIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/457/457_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE &amp;#8220;VEREADOR LUCIANO FLÁVIO LOPES DE SOUZA&amp;#8221; O COMPLEXO DE LAZER SITUADO NO LOTEAMENTO DA MÓDULO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/464/464_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI DATA COMEMORATIVA PARA &amp;#8220;TRIBUTO A RAUL SEIXAS&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÃO A SENHORA AMBROSINA GUSMÃO DE CARVALHO, PELO SEU NATALÍCIO CELEBRADO NO ULTIMO DIA 08 DE FEVEREIRO DE 2012.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO MOÇÃO DE CONGRATULAÇÃO AO VEREADOR FRANKLIN MARINHO BARBOSA DE QUEIROZ, PELO NATALÍCIO CELEBRADO DIA 03 DE FEVEREIRO E FUNCIONÁRIOS: ANA ÍRIS SILVA BARBOSA, DIA 07, PAULO ROBERTO GOMES DE FRANÇA DIA 09, FRANCISCO CARLOS ANTUNES DIA 11.</t>
   </si>
   <si>
     <t>208</t>
   </si>
@@ -2722,68 +2722,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2012/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>