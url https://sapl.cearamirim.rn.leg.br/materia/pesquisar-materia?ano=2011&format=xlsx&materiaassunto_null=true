--- v0 (2026-01-23)
+++ v1 (2026-03-16)
@@ -54,1169 +54,1169 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ART. 10 DA LEI _x000D_
 ORGÂNICA DO MUNICÍPIO DE CEARÁ MIRIM/RN, E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-LINHA DO LOTEAMENTO MANINHO BARRETO (TERRA DA SANTA), MINHA CASA MINHA VIDA, SÃO JOSÉ, LUIZ ULEIRO E NOVO HORIZONTE AO CENTRO._x000D_
 2- LINHA PLANALTO, PASSA E FICA E CONJ. LUIZ LOPES VARELA AO CENTRO._x000D_
 3-LINHA BARRO VERMELHO, NOVA CONQUISTA, NOVA DESCOBERTA E JOÃO DE BARRO AO CENTRO._x000D_
 </t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A REPOSIÇÃO DE LÂMPADAS E INSTALAÇÃO DE LUMINÁRIAS NOS POSTES DO BAIRRO NOVA CONQUISTA.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO REPOSIÇÃO DE LÂMPADAS E RETIRADA DE LIXO/ENTULHOS NAS RUAS VITAL CORREIA E MANOEL DANTAS BARRETO. </t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETÁRIA DE INFRAESTRUTURA, REITERANDO INDICAÇÃO Nº 117/2010, QUE SOLICITOU A CONSTRUÇÃO DE DUAS LOMBADAS NA RUA PRESIDENTE VARGAS, UMA NAS PROXIMIDADES DO BAR FACULDADE DO ÁLCOOL E OUTRA DE FRENTE A PADARIA DELICIA.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE DEFESA SOCIAL, SOLICITANDO REMANEJAMENTO DE VIGILANTES CONFORME A DISPONIBILIDADE EXISTENTE PARA AS PRAÇAS PÚBLICAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">                      INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO SOLICITANDO A RELAÇÃO NOMINAL DOS CONTRATADOS QUE PRESTAM SERVIÇO A ESTA PREFEITURA, COM OS COMPROVANTES DOS REPASSES REALIZADOS AO INSS DAS CONTRIBUIÇÕES REFERENTES A ESTAS PESSOAS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO A CONSTRUÇÃO, DE UM LOGRADOURO PÚBLICO E NOMINÁ-LO PRAÇA DA BÍBLIA._x000D_
 </t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>AUTORIA COLETIVA DE TODOS OS VEREADORES</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AS SECRETARIAS DE EDUCAÇÃO E INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 &amp;#61692;	CONSTRUÇÃO DE UMA ÁREA DE LAZER PARA A ESCOLA;_x000D_
 &amp;#61692;	CONSTRUÇÃO DE UMA CRECHE;_x000D_
 &amp;#61692;	REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL PROFESSORA CLOTILDE GUERRA DE MACEDO._x000D_
 </t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AS SECRETARIAS DE SAÚDE, INFRAESTRUTURA E SAAE, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 RESTAURAÇÃO DA ESTRUTURA FÍSICA DO PRÉDIO DO POSTO DE SAÚDE;_x000D_
 AQUISIÇÃO DE MÓVEIS PARA O POSTO DE SAÚDE;_x000D_
 AQUISIÇÃO DE UMA AMBULÂNCIA EQUIPADA PARA PRIMEIROS SOCORROS;_x000D_
 INSTALAÇÃO DE UMA UNIDADE DO PROGRAMA SAÚDE DA FAMÍLIA-PSF, EXCLUSIVAMENTE PARA A COMUNIDADE; _x000D_
 ATENDIMENTO ODONTOLÓGICO; _x000D_
 AMPLIAÇÃO NO ATENDIMENTO MÉDICO E REGULARIZAÇÃO DA ENTREGA DE MEDICAMENTOS;_x000D_
 MANUTENÇÃO PERIÓDICA DA CAIXA D&amp;#8217;ÁGUA E DO SERVIÇO DE ABASTECIMENTO_x000D_
 </t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONSTRUÇÃO DA PONTE DE ACESSO A COMUNIDADE;_x000D_
 CONSTRUÇÃO DE CALÇAMENTO DAS RUAS DA COMUNIDADE;_x000D_
 CONSTRUÇÃO DE UM POSTO DOS CORREIOS;_x000D_
 RESTAURAÇÃO DA PRAÇA AMIGO DAS AMÉRICAS;_x000D_
 MELHORIAS NA ESTRADA DE ACESSO QUE LIGA RIO DOS ÍNDIOS A ANINGAS E DEMAIS VIAS DA COMUNIDADE._x000D_
 </t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE ASSISTÊNCIA SOCIAL, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONVÊNIO COM AS ASSOCIAÇÕES EXISTENTES, CONSELHOS COMUNITÁRIOS, ENTIDADES E OUTRAS AGREMIAÇÕES LOCAIS PARA A IMPLANTAÇÃO DE POLÍTICAS PUBLICAS VOLTADAS PARA TODAS AS IDADES OBJETIVANDO PRINCIPALMENTE A INIBIÇÃO DA PROSTITUIÇÃO INFANTO JUVENIL, DA VENDA E DO ALTO CONSUMO DE DROGAS NA COMUNIDADE;_x000D_
 APOIO ESPECÍFICO PARA A ASSOCIAÇÃO DAS COSTUREIRAS AMPLIAREM O NÚMERO DE MÁQUINAS, OBJETIVANDO VIABILIZAR MAIOR NÚMERO DE PESSOAS QUALIFICADAS PARA A PRODUÇÃO;_x000D_
 POLÍTICAS PÚBLICAS VOLTADA PARA OS JOVENS COM CURSOS DE CAPACITAÇÃO E VALORIZAÇÃO DA CULTURA LOCAL ENTRE ELAS A TRADICIONAL FESTA DA PADROEIRA;_x000D_
 INCENTIVO A PRODUÇÃO ARTESANAL (GRUDE, BEIJU, BOLOS, TAPIOCAS E OUTROS);_x000D_
 </t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 IMPLANTAÇÃO DO SERVIÇO DE LIMPEZA PÚBLICA E COLETA DE LIXO/ENTULHOS EM TODAS AS RUAS DA COMUNIDADE;_x000D_
 REPOSIÇÃO DE LÂMPADAS NOS POSTES DA COMUNIDADE;_x000D_
 INSTALAÇÃO DO ABASTECIMENTO D&amp;#8217;ÁGUA, DA REDE ELÉTRICA E CONTRAÇÃO DE UM COVEIRO PARA O CEMITÉRIO._x000D_
 </t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE DEFESA SOCIAL, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONSTRUÇÃO DE UM POSTO POLICIAL;_x000D_
 IMPLANTAÇÃO DE RONDAS POLICIAIS REGULARES NA COMUNIDADE;_x000D_
 MECANISMO PARA COIBIÇÃO DA POLUIÇÃO SONORA ABUSIVA NOS BARES._x000D_
 </t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AS SECRETARIAS DE ESPORTE E DE INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 APOIO AO ESPORTE AMADOR COM MELHORIAS NOS CAMPOS DE FUTEBOL E DOAÇÃO DE MATERIAL ESPORTIVO NA REGIÃO;_x000D_
     CONSTRUÇÃO DE UMA QUADRA DE ESPORTE;_x000D_
 </t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/</t>
   </si>
   <si>
     <t>DO VEREADOR FRANKLIN JÚNIOR, PARA SER ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A DIRETORIA DA EMPRESA RESPONSÁVEL PELA COLETA DE LIXO EM NOSSO MUNICÍPIO, SOLICITANDO A NORMALIZAÇÃO DESSA COLETA NA RUA HERÁCLITO VILAR, PRINCIPALMENTE NO TRECHO ENTRE O BANCO DO BRASIL E O CLUBE DO ROTARY.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA À SECRETARIA DE INFRAESTRUTURA SOLICITANDO INFORMAÇÕES SOBRE A PREVISÃO DE INICIO DAS OBRAS DE CALÇAMENTO DAS RUAS DO LOTEAMENTO SÃO JOSÉ E DEMAIS SITUADOS AO LONGO DA ESTRADA CEARÁ-MIRIM/TERRA DA SANTA.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE EDUCAÇÃO COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 REFORMA, AMPLIAÇÃO DE UMA SALA DE AULA, CONSTRUÇÃO DA CAIXA D&amp;#8217;ÁGUA E DE UMA ÁREA DE LAZER PARA A ESCOLA MUNICIPAL FELIPE CAMARÃO EM RAPOSA;_x000D_
 CONTINUAÇÃO DA REFORMA DA ESCOLA MUNICIPAL MARIA LEONOR CAVALCANTE DE NOVA ESPERANÇA;_x000D_
 CONSTRUÇÃO DE UMA CRECHE EM RAPOSA;_x000D_
 MELHORIAS NA QUALIDADE DOS VEÍCULOS QUE TRANSPORTAM PROFESSORES E ALUNOS DA REGIÃO;_x000D_
 REGULARIZAÇÃO DO PISO SALARIAL DOS PROFESSORES A NÍVEL MUNICIPAL;_x000D_
 AQUISIÇÃO DE RECURSOS TECNOLÓGICOS OU EQUIPAMENTOS DE INFORMÁTICA PARA A ESCOLA FELIPE CAMARÃO;_x000D_
 DISPONIBILIZAR UM TRANSPORTE QUE POSSA ATENDER OS ESTUDANTES DA REGIÃO QUE CURSAM FACULDADES EM NATAL.	_x000D_
 </t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE SAÚDE COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 CONSTRUÇÃO DE UM POSTO DE SAÚDE EM RAPOSA;_x000D_
 INSTALAÇÃO DE UMA UNIDADE DO PROGRAMA SAÚDE DA FAMÍLIA PSF;_x000D_
 AQUISIÇÃO DE UMA AMBULÂNCIA EQUIPADA PARA ATENDIMENTO DE URGÊNCIA;_x000D_
 REGULARIZAÇÃO NA ENTREGA DE MEDICAMENTOS;_x000D_
 MAIOR NÚMERO DE FICHAS PARA ATENDIMENTO DAS COMUNIDADES VIZINHAS DE MASSANGANA._x000D_
 </t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE ASSISTÊNCIA SOCIAL, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 AJUDA PARA A CONCLUSÃO NAS OBRAS DA IGREJA CATÓLICA;_x000D_
 POLÍTICAS PÚBLICAS VOLTADAS PARA ATENDER CRIANÇAS, ADOLESCENTES E JOVENS COM ATIVIDADES DE ESPORTES, CURSOS DE CAPACITAÇÃO PARA O TRABALHO E DE PREVENÇÃO A PROSTITUIÇÃO E CONSUMO DE DROGAS; _x000D_
 AUMENTO DE DIAS E NA QUANTIDADE DE DISTRIBUIÇÃO DO LEITE POR SEMANA EM RAPOSA._x000D_
 </t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE JUVENTUDE, ESPORTE, CULTURA E LAZER COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONSTRUÇÃO DE UMA QUADRA DE ESPORTE;_x000D_
 APOIO AO ESPORTE AMADOR COM MELHORIA NOS CAMPOS DE FUTEBOL E DOAÇÃO DE MATERIAL ESPORTIVO PARA OS TIMES DA REGIÃO._x000D_
 </t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 CONSTRUÇÃO DE UM CEMITÉRIO EM RAPOSA;_x000D_
 CONSTRUÇÃO DE UM POSTO POLICIAL PARA A REGIÃO;_x000D_
 MELHORIA NAS ESTRADAS DE ACESSO E DAS VIAS DENTRO DA COMUNIDADE;_x000D_
 REPOSIÇÃO DE LÂMPADAS NOS POSTES DAS COMUNIDADES RAPOSA E NOVA ESPERANÇA;_x000D_
 CAPINAÇÃO E LIMPEZA DO ESPAÇO DA ESCOLA MUNICIPAL MARIA LEONOR CAVALCANTE._x000D_
 </t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 REFORMA, AMPLIAÇÃO DE UMA SALA DE AULA, CONSTRUÇÃO DA CAIXA D&amp;#8217;ÁGUA E DE UMA ÁREA DE LAZER PARA A ESCOLA MUNICIPAL FELIPE CAMARÃO EM RAPOSA;_x000D_
 CONTINUAÇÃO DA REFORMA DA ESCOLA MUNICIPAL MARIA LEONOR CAVALCANTE DE NOVA ESPERANÇA; _x000D_
 CONSTRUÇÃO DE UMA CRECHE EM RAPOSA;_x000D_
 CONSTRUÇÃO DE UM POSTO DE SAÚDE EM RAPOSA;_x000D_
 CONSTRUÇÃO DE UMA QUADRA DE ESPORTE EM RAPOSA;_x000D_
 CONSTRUÇÃO DA ESTAÇÃO FERROVIÁRIA NA COMUNIDADE DE RAPOSA;_x000D_
 CONSTRUÇÃO DE UM CEMITÉRIO EM RAPOSA;_x000D_
 CONSTRUÇÃO DE UM POSTO POLICIAL PARA A REGIÃO;_x000D_
 </t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO SOLICITANDO O CUMPRIMENTO DO COMPROMISSO DE CAMPANHA COM A COMUNIDADE PARA INTERMEDIAR JUNTO A COMPANHIA BRASILEIRA DE TRENS URBANOS &amp;#8211; CBTU, A CONSTRUÇÃO E IMPLANTAÇÃO DE UMA ESTAÇÃO FERROVIÁRIA EM RAPOSA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO DIRETOR DO SAAE SOLICITANDO A SOLUÇÃO PARA O PAGAMENTO DO DÉBITO DA COMUNIDADE DE RAPOSA COM O SAAE NO VALOR DE R$ 1.150.000,00 (HUM MILHÃO CENTO E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A REPOSIÇÃO DE LUMINÁRIAS EM VÁRIOS POSTES DA RUA EZEQUIEL DE SOUZA, SITUADA PRÓXIMO À ESTAÇÃO FERROVIÁRIA.  _x000D_
 </t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>RONALDO VENÂNCIO</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR RONALDO VENÂNCIO, PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETÁRIA DE INFRAESTRURA, SOLICITANDO URBANIZAÇÃO DA ÁREA EM FRENTE AO CEMITÉRIO SANTA ÁGUEDA DENOMINADO LARGO SÃO VICENTE DE PAULA, CONSTRUINDO CALÇADÃO, EQUIPAMENTOS, PAISAGISMO E OUTROS ATRATIVOS TORNANDO O ESPAÇO EM BEM DE USO COMUM PRINCIPALMENTE PARA OS IDOSOS SOLUCIONANDO OS PROBLEMAS DE POEIRA, MATO, ACÚMULO DE LIXO E ENTULHOS QUE FREQÜENTEMENTE GERAM DOENÇAS E TRANSTORNOS SOCIAIS AOS QUE ALI HABITAM.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR FRANKLIN JÚNIOR, PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA À SECRETARIA DE SAÚDE, REITERANDO A SOLICITAÇÃO DE REGULAMENTAÇÃO E CUMPRIMENTO DA PRÁTICA DA LEI Nº 1.547 DE 22 DE MARÇO DE 2010 &amp;#8211; &amp;#8220;DOE MEDICAMENTO, SEJA SOLIDÁRIO&amp;#8221;, DE AUTORIA DO VEREADOR FRANKLIN MARINHO JÚNIOR.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR FRANKLIN JÚNIOR, PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA À SECRETARIA DE SAÚDE, SOLICITANDO A INTENSIFICAR AS AÇÕES DO AGENTE DE ENDEMIAS, NAS PROXIMIDADES DA CANTINA AVELINO, PARA AVERIGUAÇÃO DO QUE ESTÁ CAUSANDO UM SURTO DE DENGUE NAQUELA ÁREA.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE INICIATIVA DO VEREADOR FRANKLIN JÚNIOR, PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO PRESIDENTE DA FUNDAÇÃO NILO PEREIRA, SOLICITANDO PROVIDENCIAR REFORMAS NECESSÁRIAS NO ESPAÇO DO TELECENTRO DA BIBLIOTECA PÚBLICA VOLTANDO A POSSIBILITAR O TRABALHO DE PESQUISA DOS ALUNOS. </t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR FRANKLIN JÚNIOR, PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO PRESIDENTE DA FUNDAÇÃO NILO PEREIRA, SOLICITANDO EFETUAR REFORMAS NO PRÉDIO DA BIBLIOTECA PÚBLICA DR. PACHECO DANTAS, VISANDO CONSERTOS DE JANELAS E EQUIPAMENTOS, PINTURA INTERNA E EXTERNA, RECUPERAÇÃO E MANUTENÇÃO DO ACERVO E DO JARDIM, COMO TAMBÉM O RETORNO DA PLACA DE IDENTIFICAÇÃO PARA O PORTÃO DE ENTRADA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DA VEREADORA ZÉLIA SANTOS, PARA SER SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO SOLICITANDO CAPINAÇÃO, LIMPEZA E RETIRADA DE LIXO E ENTULHOS DA RUA PEDRO DE OLIVEIRA CORREIA.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO, COM CÓPIA À SECRETARIA DE SAÚDE, SOLICITANDO A RELAÇÃO DE MEDICAMENTOS QUE SE ENCONTRAM DISPONÍVEIS NA FARMÁCIA MUNICIPAL COM NOMES, FINALIDADES E MARCAS._x000D_
 </t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE EDUCAÇÃO, SOLICITANDO A REALIZAÇÃO DE ESTUDO PARA VIABILIZAR A IMPLANTAÇÃO DO SISTEMA DE ÍNDICE DE DESENVOLVIMENTO DA EDUCAÇÃO EM CEARÁ-MIRIM.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO SECRETÁRIO DE URBANISMO, SOLICITANDO COLOCAR PIÇARRO EM VÁRIAS RUAS DE MURIÚ, ONDE OS VEÍCULOS NÃO ESTÃO PODENDO TRAFEGAR.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO SOLICITANDO SOLUÇÕES PARA OS PROBLEMAS  ABAIXO:_x000D_
 &amp;#8226;	CAPINAÇÃO E COLETA DE LIXO NA RUA LEOVIGILDO CAVALCANTE;_x000D_
 &amp;#8226;	COLETA DE ENTULHOS NAS RUAS MANOEL PALHANO E BELA VISTA;_x000D_
 &amp;#8226;	REPOSIÇÃO DE LÂMPADAS NOS POSTES DA RUA FERNANDO FARIAS._x000D_
 </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO DIRETOR DO SAAE, SOLICITANDO O CONCERTO DOS CANOS DO ABASTECIMENTO D&amp;#8217;ÁGUA QUE APRESENTAM VAZAMENTO, PRINCIPALMENTE NAS RUAS MANOEL VARELA, EM FRENTE A LOJA EMBALAGENS E NA  ENCRUZILHADA DA CORONEL FELISMINO DANTAS COM ORLANDO DANTAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART.112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO SOLICITANDO ENCAMINHAR CÓPIA DO CONTRATO FIRMADO ENTRE ESTA PREFEITURA MUNICIPAL E AGÊNCIA DOS CORREIOS, RELACIONANDO OS POSTOS EXISTENTES NAS COMUNIDADES DE CEARÁ-MIRIM.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART.112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO SOLICITANDO GARANTIA NA SEGURANÇA DO TRABALHO AO COVEIRO DOS CEMITÉRIOS COM FARDAMENTO (MACACÃO, LUVAS, BOTAS E BONÉ) E EQUIPAMENTOS ADEQUADOS AO DESEMPENHO DESSA ATIVIDADE.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART.112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO INSTALAÇÃO DE COLETORES DE LIXO ACOMPANHADO DE CAMPANHA EDUCATIVA E PLACAS INDICATIVAS NAS FEIRAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO SOLICITANDO RETIRADA DE LIXO E ENTULHOS NA RUA COMPOSITOR JOSÉ LUIZ.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO REALIZAR A AÇÃO TAPA BURACO NAS PRINCIPAIS RUAS DE NOSSA CIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO SOLUÇÃO PARA O MAL CHEIRO APRESENTADO POR ESGOTO OU CANAL ABERTO NA RUA CAPITÃO JOSÉ DA PENHA COM A PRISCO ROCHA,  OU SEJA, NAS PROXIMIDADES DA ESCOLA ROTARY.  </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>IRMÃO CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFICIO AO SENHOR PREFEITO SOLICITANDO CRIAÇÃO DE LEI QUE DETERMINE O HORÁRIO DE FUNCIONAMENTO DE BARES, CIGARREIRAS, SIMILARES E OUTROS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO REPOSIÇÃO DE LÂMPADAS NOS POSTES DA PISTA DE COOPER DO PARQUE DA CIDADE, SITUADO NO CONJUNTO LUIZ LOPES VARELA. </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A REPOSIÇÃO DE LUMINÁRIAS EM VÁRIOS POSTES DA AVENIDA HERÁCLITO VILAR, PRINCIPALMENTE NAS PROXIMIDADES DA RESIDÊNCIA DE DONA MARIQUINHA.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO, SOLICITANDO CONCEDER UMA LINHA DE TRANSPORTE A UM PERMISSIONÁRIO RESIDENTE NA COMUNIDADE PARA FAZER VIAGEM 24 HORAS DE LAGOA GRANDE A CEARÁ-MIRIM.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE DEFESA SOCIAL, SOLICITANDO A BANDA DE MÚSICA MUNICIPAL PARA ABRILHANTAR A FINAL DO CAMPEONATO DO BAIXO VALE  RELACIONADO A SEGUIR:_x000D_
 DIA 13 DE NOVEMBRO ÀS 14:00 HORAS NO CAMPO DA COMUNIDADE DE RIO DOS ÍNDIOS;_x000D_
 DIA 20 DE NOVEMBRO ÀS 14:00 HORAS NO CAMPO DO VASCO NA COMUNIDADE DE SITIO._x000D_
 </t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETÁRIA DE INFRAESTRURA, SOLICITANDO OPERAÇÃO TAPA BURACO NA RN 160, NO TRECHO COMPREENDIDO ENTRE O TREVO DA RN 64 (ATERRO) ATÉ MATAS E MELHORIAS COM TERRAPLANAGEM E COLOCAÇÃO DE MATERIAL PIÇARRO E METRALHA NA CONTINUIDADE ATÉ A COMUNIDADE DE MINEIRO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t xml:space="preserve">PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE SAÚDE, SOLICITANDO A CRIAÇÃO DE UMA EQUIPE ESPECIALIZADA PARA ATENDER A CLIENTELA DA FARMÁCIA MUNICIPAL COM RESPECTIVA ENTREGA A DOMICILIO AOS IDOSOS ACIMA DOS 70 ANOS DE IDADE. </t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO SECRETÁRIO DE URBANISMO SOLICITANDO A REPOSIÇÃO DAS LÂMPADAS DOS POSTES NA RUA CEL. FELISMINO DANTAS, PRÓXIMO À CÂMARA MUNICIPAL E NA PRAÇA MONSENHOR CELSO CICCO.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO A CONCLUSÃO DAS OBRAS DE CALÇAMENTO DA RUA ABADIAS NO CONJUNTO LUIZ LOPES VARELA-COHAB.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A DIRETORIA DO SAAE, SOLICITANDO A REGULARIZAÇÃO NO ABASTECIMENTO D&amp;#8217;ÁGUA DA RUA JOÃO CARDOSO, LOCALIZADA PRÓXIMO A FUNDAÇÃO PEDRO FERREIRA DE MELO.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A RETIRADA DE ENTULHOS E LIXO NAS RUAS PEDRO FERREIRA DE MELO, PRÓXIMO AO MERCADINHO ATUAL E NA DANILO CASTILHO BRANDÃO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO CALÇAMENTO DA RUA MARIA AUGUSTA A. DE QUEIROZ NO CONJUNTO PARAÍBA.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>IRMÃO CARLOS, RONALDO VENÂNCIO</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">              INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE EDUCAÇÃO E DE INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 CONSTRUÇÃO DE UMA ESCOLA DE ESTRUTURA SUFICIENTE PARA INTERIORIZAR O ENSINO FUNDAMENTAL COMPLETO E ENSINO MÉDIO;_x000D_
  INSTALAÇÃO DO ENSINO MÉDIO NA COMUNIDADE;_x000D_
 CONSTRUÇÃO DE UMA CRECHE;_x000D_
 REGULARIZAÇÃO DA MERENDA ESCOLAR;_x000D_
 CONSTRUÇÃO DE BANHEIROS PARA ATENDER CRIANÇAS DA EDUCAÇÃO INFANTIL, PROFESSORES E FUNCIONÁRIOS;_x000D_
 RETIRADA DE LIXO DO PÁTIO DA ESCOLA;_x000D_
 </t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE SAÚDE, DE INFRAESTRUTURA E SAAE COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 REGULARIZAÇÃO NA ENTREGA DOS MEDICAMENTOS ÁCIDO FÓLICO E SULFATO FERROSO;_x000D_
 CONSTRUÇÃO DE UM POSTO DE SAÚDE;_x000D_
 AUMENTAR O TEMPO DE SERVIÇO DOS PROFISSIONAIS DO PSF PARA QUE POSSAM ATENDER A TODOS OS PROGRAMAS;_x000D_
 MAIS APOIO NO DESENVOLVIMENTO DO TRABALHO DOS AGENTES DE SAÚDE ATRAVÉS DA SECRETARIA E DA COMUNIDADE;_x000D_
 PAGAMENTO DO ALUGUEL DO PRÉDIO ONDE FUNCIONA O POSTO DE SAÚDE;_x000D_
 REGULARIZAÇÃO NA REDE DE ABASTECIMENTO D&amp;#8217;ÁGUA E AQUISIÇÃO DE BOMBAS PARA OS POÇOS ATIVOS DA COMUNIDADE; _x000D_
 </t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">              INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE ASSISTÊNCIA SOCIAL E DEFESA SOCIAL COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 ERRADICAÇÃO DAS CASAS DE TAIPAS;_x000D_
 POLÍTICAS PÚBLICAS VOLTADAS PARA ATENDER CRIANÇAS, ADOLESCENTES E JOVENS COM ATIVIDADES DE ESPORTES, CURSOS DE CAPACITAÇÃO PARA O TRABALHO E DE PREVENÇÃO A PROSTITUIÇÃO E CONSUMO DE DROGAS; _x000D_
 MECANISMOS PARA COIBIR A POLUIÇÃO SONORA; _x000D_
 INSTALAÇÃO DE RONDA POLICIAL PERMANENTE, PELO MENOS NOS FINAIS DE SEMANA;_x000D_
 CONTRATAÇÃO DE UM COVEIRO;_x000D_
 </t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">              INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE ESPORTE E INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 CONCLUSÃO DA QUADRA DE ESPORTE;_x000D_
 APOIO AO ESPORTE AMADOR;_x000D_
 </t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE INFRAESTRUTURA E URBANISMO COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 MELHORIA NAS ESTRADAS E VIAS DE ACESSO DENTRO DAS COMUNIDADES;_x000D_
 CALÇAMENTO DAS RUAS NA COMUNIDADE; _x000D_
 REATIVAÇÃO DE CASAS DE FARINHA (DUAS) SENDO UMA DELAS PERTENCENTE AO SR. LUIZ CARLOS DA SILVA;_x000D_
 REPOSIÇÃO DE LÂMPADAS NOS POSTES DAS RUAS DAS COMUNIDADES;_x000D_
 CONSTRUÇÃO DE UM POSTO POLICIAL;_x000D_
 REFORMA OU CONSTRUÇÃO DE UM CEMITÉRIO._x000D_
 </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS NOS TERMOS DO ART. 112 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE EDUCAÇÃO E DE INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 AMPLIAÇÃO DE SALAS PARA BIBLIOTECAS E INFORMÁTICA E CONSTRUÇÃO DE UMA ÁREA DE LAZER NA ESCOLA MUNICIPAL PROFESSORA MARIA BERNADETE BARBOSA DA SILVA;_x000D_
 CONSTRUÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL MARIA ALICE DE BRITO;_x000D_
 IMPLANTAÇÃO DE CURSOS PARA A INCLUSÃO DIGITAL;_x000D_
 </t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE SAÚDE, DE INFRAESTRUTURA E SAAE COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONSTRUÇÃO DE UM NOVO POSTO DE SAÚDE;_x000D_
 REGULARIZAÇÃO NA ENTREGA DE MEDICAMENTOS;_x000D_
 MAIORES ATENDIMENTOS, INCLUINDO: COLETA DE MATERIAL PARA EXAMES LABORATORIAIS E PEQUENOS CURATIVOS;_x000D_
 INFORMATIZAÇÃO DO POSTO DE SAÚDE;_x000D_
 AMPLIAÇÃO COM AUMENTO DE TEMPO NO ABASTECIMENTO D&amp;#8217;ÁGUA;_x000D_
 </t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE ASSISTÊNCIA SOCIAL E DEFESA SOCIAL COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 _x000D_
 CONSTRUÇÃO DE UM POSTO POLICIAL OU INSTALAÇÃO DE RONDA PERMANENTE PELO MENOS NOS FINAIS DE SEMANA;_x000D_
 POLÍTICAS PÚBLICAS VOLTADAS PARA ATENDER CRIANÇAS, ADOLESCENTES E JOVENS COM ATIVIDADES DE ESPORTES, CURSOS DE CAPACITAÇÃO PARA O TRABALHO E DE PREVENÇÃO A PROSTITUIÇÃO E CONSUMO DE DROGAS; _x000D_
 CONSTRUÇÃO DE UMA PRAÇA COM ESPAÇO DE LAZER PARA IDOSOS E CRIANÇAS;_x000D_
 ERRADICAÇÃO DAS CASAS DE TAIPAS;_x000D_
 </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE ESPORTE E DE INFRAESTRUTURA COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 CONCLUSÃO NA CONSTRUÇÃO DA QUADRA DE ESPORTE;_x000D_
 RECUPERAÇÃO E LIMPEZA DA QUADRA EXISTENTE;_x000D_
 </t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIAS AS SECRETARIAS DE INFRAESTRUTURA E URBANISMO COM AS SEGUINTES SOLICITAÇÕES:_x000D_
 REPOSIÇÃO GERAL DE LÂMPADAS;_x000D_
 PAVIMENTAÇÃO DAS RUAS DENTRO DA COMUNIDADE;_x000D_
 CONSTRUÇÃO DE TRÊS ABRIGOS PARA PASSAGEIROS NAS PARADAS EXISTENTES;_x000D_
 AMPLIAÇÃO DO CEMITÉRIO;_x000D_
 COLETA DE LIXO NAS VIAS DENTRO DA COMUNIDADE;_x000D_
 MANUTENÇÃO DO POSTO DOS CORREIOS;_x000D_
 </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO, SOLICITANDO A DOAÇÃO DE UM LOTE DE TERRA (TERRENO) PARA A CONSTRUÇÃO DA SEDE DO CONSELHO COMUNITÁRIO DA TERRA DA SANTA._x000D_
 </t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO SOLICITANDO INFORMAÇÕES SOBRE A REALIZAÇÃO DO CONCURSO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE ADMINISTRAÇÃO SOLICITANDO INFORMAÇÕES A EMPRESA REALCE A RESPEITO DO PAGAMENTO DOS FUNCIONÁRIOS QUE SE ENCONTRAM ATRASADOS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO SOLICITANDO INFORMAÇÕES SOBRE A ELABORAÇÃO DO PLANO DE CARGO E CARREIRA DOS FUNCIONÁRIOS DA SAÚDE.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO SOLICITANDO PROVIDÊNCIA PARA EVITAR QUEIMADAS DE LIXOS NO LOTEAMENTO NOVO HORIZONTE E CONJUNTO EDGAR BARBOSA, NAS PROXIMIDADES DA ANTIGA EMPRESA GAIA._x000D_
 </t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE ESPORTE, SOLICITANDO INFORMAÇÕES SOBRE A PARALISAÇÃO DA OBRA DAS QUADRAS DAS COMUNIDADES DE PONTA DO MATO, GRAVATÁ E CAPELA.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO INFORMAÇÕES SOBRE A PARALISAÇÃO DAS OBRAS DO ESTÁDIO DE FUTEBOL E DA CRECHE LOCALIZADA NO CONJUNTO DA COHAB.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA SER ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE TRIBUTAÇÃO, SOLICITANDO QUE A ARRECADAÇÃO COM A COBRANÇA DAS TAXAS AOS LOCATÁRIOS DE BARRACAS DURANTE A FESTA DA PADROEIRA SEJA DESTINADA A REFORMA DA IGREJA MATRIZ._x000D_
 </t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO ANTONIO MARCOS DE ABREU PEIXOTO COM CÓPIA AO SECRETARIO MUNICIPAL DE INFRAESTRUTURA, OBRAS E PROJETOS ESPECIAIS, SOLICITANDO QUE SEJA INCLUÍDO NO PROJETO DE PAVIMENTAÇÃO E SANEAMENTO BÁSICO OS LOTEAMENTOS DOS PROGRAMAS HABITACIONAIS.    </t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO SOLICITANDO RETIRADA DE ENTULHOS E METRALHA NAS RUAS JUVEVAL ANTUNES ESQUINA COM A MIRABÔ DA CUNHA MELO E NA OSCAR BRANDÃO, NAS PROXIMIDADES DO MERCADINHO CAMPELO._x000D_
 </t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO SOLICITANDO CAPINAÇÃO E LIMPEZA DAS RUAS WALFREDO GURGEL E CLOVIS SOARES._x000D_
 </t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO OPERAÇÃO TAPA BURACO COM REPOSIÇÃO DE PARALELEPÍPEDOS NA RUA 08 DE DEZEMBRO COM A ORLANDO MAXIMILIANO._x000D_
 </t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO INFORMAÇÃO A RESPEITO DA PARALISAÇÃO NA CONSTRUÇÃO DA OBRA DO PÓRTICO, LOCALIZADO NA ENTRADA DE CAIANA.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A RETIRADA DE METRALHAS E LIXO DAS RUAS DR. PACHECO DANTAS, PRÓXIMO AO MERCADINHO MATIAS; MANOEL PALHANO E NA RAFAEL FERNANDES SOBRAL.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA À SECRETARIA DE SAÚDE SOLICITANDO INFORMAÇÕES SOBRE O QUE ESTÁ CAUSANDO A PARALIZAÇÃO DOS SERVIÇOS ODONTOLÓGICOS DO POSTO DE SAÚDE DO BAIRRO CINCO BOCAS_x000D_
 </t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO SOLICITANDO A CRIAÇÃO DE UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NO PARQUE DA CIDADE, SITUADO NO CONJUNTO LUIZ LOPES VARELA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO, COM CÓPIA À SECRETARIA DE URBANISMO SOLICITANDO REALIZAÇÃO DA LIMPEZA E CAPINAÇÃO DA RUA MANOEL PALHANO NO BAIRRO BELA VISTA, PRINCIPALMENTE NAS IMEDIAÇÕES DO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>193</t>
@@ -1247,1113 +1247,1113 @@
   <si>
     <t>SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO OPERAÇÃO TAPA BURACO COM A REPOSIÇÃO DO CALÇAMENTO DA RUA IONALDO MUÇULINE CHINA, PRÓXIMO A RODOVIÁRIA.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFÍCIO AO ENCAMINHADO OFÍCIO A SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA E DA DEFESA SOCIAL E 3ª COMPANHIA DE POLÍCIA MILITAR/11º BPM COM SEDE EM CEARÁ-MIRIM, SOLICITANDO A RONDA POLICIAL OSTENSIVA NO DISTRITO DE LAGOA GRANDE, SITUADO NO MUNICÍPIO DE CEARÁ-MIRIM.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO VEREADOR RENATO PEREIRA COUTINHO PELO SEU NATALÍCIO CELEBRADO NO ÚLTIMO DIA 11 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO MOÇÃO DE PESAR A FAMÍLIA DA SENHORA MARIA DOLORES FERNANDES DA SILVA, FALECIDA NO ÚLTIMO DIA 12 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO, NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO REVERENDO CIDNEI FIRMINO DA SILVA PELO SEU NATALÍCIO CELEBRADO NESTE DIA 13 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR RONALDO VENÂNCIO, PARA  SER ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO SENHOR ANTONIO CARDOSO, POPULARMENTE CONHECIDO COMO BITONHO, PELA AÇÃO ILUMINADA DE DOAÇÃO DE UM LOTE DE TERRA E CONSTRUÇÃO DA CAPELA PADRE PIO, LOCALIZADA NO CONJUNTO HABITACIONAL MANINHO BARRETO NA TERRA DA SANTA EM CEARÁ-MIRIM/RN INAUGURADA COM OPULÊNCIA EM 27 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DO VEREADOR RONALDO VENÂNCIO, PARA SER ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO SENHOR MARCONE BARRETO PELA DOAÇÃO DE UM LOTE DE TERRA, PARA A CONSTRUÇÃO DA CAPELA PADRE PIO, LOCALIZADA NO CONJUNTO HABITACIONAL MANINHO BARRETO NA TERRA DA SANTA, EM CEARÁ-MIRIM/RN E INAUGURADA COM OPULÊNCIA EM 27 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Nº 206/2011- DE INICIATIVA DO VEREADOR RONALDO VENÂNCIO, PARA SER ENCAMINHADO MOÇÃO DE CONGRATULAÇÃO AO SENHOR EX-VEREADOR FRANCISCO CANINDÉ OLIVEIRA DA LUZ, PELO SEU NATALÍCIO CELEBRADO NO DIA 04 DE OUTUBRO._x000D_
 </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE INICIATIVA DO VEREADOR FRANCISCO ROBERTO DE LIMA, PARA SER ENCAMINHADO MOÇÃO DE CONGRATULAÇÃO A FAMÍLIA FRANCISCANA PELA DATA 04 DE OUTUBRO  QUE  FESTEJA O DIA DE SÃO FRANCISCO DE ASSIS. É FRANCISCO DE ASSIS O PADROEIRO DA ECOLOGIA E DA FRATERNIDADE UNIVERSAL, HUMANA E CÓSMICA, SER  ILUMINADO  QUE PROPORCIONOU E PROPORCIONA GRANDE BEM A NOSSA TERRA E NOSSA GENTE. </t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE PESAR A FAMÍLIA DO SENHOR JOSIMAR VICENTE DE BRITO, FALECIDO EM 12 DE OUTUBRO DE 2011.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO SENHOR JOÃO ROBERTO DA CUNHA PELO SEU NATALÍCIO CELEBRADO NO DIA 22 DE OUTUBRO DE 2011</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SENHOR RUY PEREIRA JÚNIOR, PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 07 DE NOVEMBRO. </t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE PESAR A FAMÍLIA DO JOVEM ANTONIO CARLOS ROCHA RAMALHO, PELO SEU FALECIMENTO OCORRIDO NO DIA 05 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE PESAR A FAMÍLIA DA SENHORA GICÉLIA DA SILVA, FALECIDA EM 04 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SENHOR FRANCISCO EMÍDIO, PELO SEU NATALÍCIO NO DIA 05 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SENHOR JOSÉ SALY DE ARAÚJO PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 06 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>RONALDO VENÂNCIO, IRMÃO CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE PESAR, AO SENHOR MANOEL LÚCIO LUSTOSA, PELO SEU FALECIMENTO OCORRIDO EM 17 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO SENHOR LUCIANO ROQUE DA ROCHA, POR MAIS UM EMPREENDIMENTO EM NOSSA CIDADE COMO O &amp;#8220;CENTRO EMPRESARIAL MUCURIPE MALL&amp;#8221;, RECENTEMENTE INAUGURADO.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE PESAR A FAMÍLIA DA SENHORA ANTONIETA SOUZA DA SILVA, PELO SEU FALECIMENTO OCORRIDO NO DIA 22 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE PESAR A FAMÍLIA DA SENHORA ELZA CÂNDIDO PEREIRA, FALECIDA EM 22 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE RECONHECIMENTO A THAYNÁ DE SOUZA SILVA LIMA, VENCEDORA DA 1ª COLOCAÇÃO NO CONCURSO DE REDAÇÃO &amp;#8220;OPERAÇÃO CISNE BRANCO&amp;#8221; DA MARINHA DO BRASIL, AGRACIADA NO DIA 25 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SERVIDOR LUIZ ANDY BARBOSA DANTAS DE ARAÚJO, PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 30 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SERVIDOR ALEXANDRE PACHECO, PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 01 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A EXMª SRª ROSALBA CIARLINI ROSADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO EXMº SRº ROBINSON FARIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR ANTÔNIO IVO MAIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A SENHORA WILMA MARIA DE FARIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR NEVALDO ROCHA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
                                       _x000D_
 </t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR SEVERINO XAVIER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A SENHORA MARCIA FARIA MAIA MENDES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO HONORÁRIO DE CIDADÃO CEARAMIRINENSE  AO SENHOR SEVERINO PINHEIRO MARTINIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO HONORÁRIO DE CIDADÃO CEARAMIRINENSE  AO SENHOR JOSÉ GILMAR DE CARVALHO LOPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO HONORÁRIO DE CIDADÃO CEARAMIRINENSE  AO SENHOR PAULO CÉSAR BATISTA DE FARIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR EDVALDO MORAIS LOPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A SENHORA MÁGNA CÉLI SANTOS DE MELO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR JOSÉ BEZERRA DE ARAÚJO JÚNIOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR JOÃO RAIMUNDO DE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A SENHORA WANILDA NICÁCIO BARBOSA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO HONORÁRIO DE CIDADÃO CEARAMIRINENSE AO ILMº. SENHOR VICE-ALMIRANTE AIRTON TEIXEIRA PINHO FILHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃ CEARAMIRINENSE A SENHORA ANÁLIA MENDONÇA DO NASCIMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO CEARAMIRINENSE AO SENHOR JESSÉ WESLEY DA COSTA LIMA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t xml:space="preserve">VETO TOTAL &amp;#8211; DISPÕE SOBRE O PERCENTUAL MÍNIMO PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIO DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t xml:space="preserve">Nº 08/2011 &amp;#8211; VETO TOTAL &amp;#8211; DISPÕE SOBRE A CRIAÇÃO DA ESTRUTURA ORGANIZACIONAL DA DEFENSORIA PÚBLICA NO MUNICÍPIO DE CEARÁ-MIRIM, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ART. 10 DA LEI _x000D_
 ORGÂNICA DO MUNICÍPIO DE CEARÁ MIRIM/RN, E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>PLEX</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI _x000D_
 ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CEARÁ-MIRIM PARA O EXERCÍCIO FINANCEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI MUNICIPAL Nº 1.561, DE 18 DE OUTUBRO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CEARÁ-MIRIM/RN A PROCEDER À DESAFETAÇÃO E ALIENAÇÃO, POR PERMUTA, DE BENS PÚBLICOS, PARA FINS DE RELOCAÇÃO DE FEIRA LIVRE DAS &amp;#8220;CINCO BOCAS&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t xml:space="preserve">Nº 11/2011 QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA DOAÇÃO DE BENS MÓVEIS A CONTRIBUINTES DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA &amp;#8211; IPTU, MEDIANTE REALIZAÇÃO DE SORTEIOS E PREMIAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t xml:space="preserve">Nº 12/2011 QUE DISPÕE SOBRE A DOAÇÃO DE BEM IMÓVEL MUNICIPAL A IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS NO DISTRITO DA PRAIA DE MURIÚ, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 1.163 DE 28 DE DEZEMBRO DE 1989(CÓDIGO TRIBUTÁRIO DE MUNICÍPIO), INSTITUI A DECLARAÇÃO DIGITAL MENSAL DE SERVIÇOS (DDMS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>PLLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A &amp;#8220;ASSOCIAÇÃO COMUNITÁRIA DE DESENVOLVIMENTO DO VALE DE CEARÁ-MIRIM&amp;#8221; &amp;#8211; ACDVALE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A &amp;#8220;ASSOCIAÇÃO COMUNITÁRIA DOS PEQUENOS COMERCIANTES E FUNCIONÁRIOS DA CACHOEIRINHA DE PITANGUI&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA O &amp;#8220;CORINTHIANS FUTEBOL CLUBE-CFC&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO GARANTIDOR DO 13° SALÁRIO NO MUNICÍPIO DE CEARÁ MIRIM/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA O &amp;#8220;MINISTÉRIO INTERNACIONAL CONSCIÊNCIA CRISTÃ&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA O &amp;#8220;CENTRO DE REABILITAÇÃO SOCIAL POTIGUAR&amp;#8221; &amp;#8211; CRSP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PERCENTUAL MÍNIMO PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL NO MUNICÍPIO DE CEARÁ MIRIM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE COMBATE ÀS DROGAS NO ÂMBITO DO MUNICÍPIO DE CEARÁ MIRIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO A &amp;#8220;ESCOLA MUNICIPAL SOTERA ARRUDA FIALHO NA COMUNIDADE DE CAIANA PASSANDO A NOMINAR-SE PEDRO SALOMÃO&amp;#8221; NOS TERMOS DO ARTIGO 11 INCISO XI DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA O CONSELHO COMUNITÁRIO REGIONAL DE CAPELA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA MUNICIPAL DO BLOGUEIRO NO MUNICÍPIO DE CEARÁ-MIRIM E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Nº 013/2011- DISPÕE SOBRE A NOVA DENOMINAÇÃO DA ESCOLA MUNICIPAL CLOTILDE GUEDES DE MACEDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL EM REALIZAR EXAMES CLÍNICOS PREVENTIVOS NOS ALUNOS DA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t xml:space="preserve">RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DO LOTEAMENTO SÃO MANOEL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NA PROPOSTA PEDAGÓGICA DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO A ABORDAGEM DO TEMA &amp;#8220;QUALIDADE DE VIDA COM AMOR EXIGENTE&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CEDER EM COMODATO CADEIRAS DE RODAS MOTORIZADAS AS PESSOAS COM DEFICIÊNCIA FÍSICA PERMANENTE (PARAPLÉGICOS E TETRAPLÉGICOS) E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>- DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO, CRIA O PLANO DE CARGOS, SALÁRIOS E FUNÇÕES DOS SERVIDORES DA CÂMARA MUNICIPAL DE CEARÁ-MIRIM RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO, CRIA O PLANO DE CARGOS, SALÁRIOS E FUNÇÕES DOS SERVIDORES DA CÂMARA MUNICIPAL DE CEARÁ-MIRIM/RN E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DOAÇÃO DE BEM IMÓVEL _x000D_
 MUNICIPAL À ENTIDADE ESPORTIVA, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO DE BEM IMÓVEIS QUE ESPECIFICA, REVOGA A LEI MUNICIPAL N° 1.517, DE 23/12/2008 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ABRE CRÉDITO ESPECIAL E DÁ OUTRAS                                    _x000D_
                        PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO FUNDO GARANTIDOR DO 13º NO MUNICÍPIO DE CEARÁ - MIRIM/RN, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REMISSÃO E ANISTIA AS DÍVIDAS, JUROS E DEMAIS _x000D_
 ENCARGOS LEGAIS DECORRENTES DO NÃO RECOLHIMENTO AO _x000D_
 TESOURO MUNICIPAL E DE SUAS AUTARQUIAS, À ASSOCIAÇÃO DE _x000D_
 PAIS E AMIGOS DOS EXCEPCIONAIS DE CEARÁ-MIRIM/RN &amp;#8211; _x000D_
 APAE E AO ABRIGO SÃO VICENTE DE PAULA, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> _x000D_
 AUTORIZA E DISCIPLINA A CONTRATAÇÃO DE PESSOAL _x000D_
 EM CARÁTER TEMPORÁRIO, NA FORMA DO DISPOSTO NO _x000D_
 INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL E _x000D_
 LEI Nº 1.196/1991 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DISPÕE SOBRE O PERCENTUAL MÍNIMO PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL NO MUNICÍPIO DE CEARÁ - MIRIM, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A CRIAÇÃO DA ESTRUTURA ORGANIZACIONAL DA DEFENSORIA PÚBLICA NO MUNICÍPIO DE CEARÁ-MIRIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>QUE DÁ NOVA DENOMINAÇÃO A ESCOLA MUNICIPAL SOTERA ARRUDA FIALHO NA COMUNIDADE DE CAIANA, PASSANDO A NOMINAR-SE PEDRO SALOMÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI A SEMANA DE COMBATE ÀS DROGAS NO ÂMBITO DO MUNICÍPIO DE CEARÁ-MIRIM/RN, E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>QUE RECONHECE DE UTILIDADE PÚBLICA O CONSELHO COMUNITÁRIO REGIONAL DE CAPELA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO A SENHORA GOVERNADORA DO ESTADO, ROSALBA CIARLINI, COM CÓPIA A SECRETÁRIA DE ESTADO DA EDUCAÇÃO E CULTURA, SENHORA BETÂNIA LEITE RAMALHO, SOLICITANDO A INSTALAÇÃO DE UMA UNIDADE DA UNIVERSIDADE ESTADUAL DO RIO GRANDE DO NORTE-UERN, EM CEARÁ-MIRIM, MEDIANTE GRANDE DEMANDA EXISTENTE PARA QUALIFICAÇÃO PROFISSIONAL.</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE A MESA DIRETORA ENCAMINHE OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO REPOSIÇÃO DE LÂMPADAS NO TRECHO DA RUA HÉRÁCLIO VILAR ENTRE O POSTO DA USINA E O PRÉDIO DA ANTIGA ARCA, QUE FICA EM FRENTE A SUBESTAÇÃO DA COSERN.</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">       REQUEIRO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO OFÍCIO AO COMANDANTE GERAL DA POLICIA MILITAR DO RIO GRANDE DO NORTE, SENHOR FRANCISCO CANINDÉ DE ARAÚJO SILVA, SOLICITANDO O AUMENTO NO EFETIVO DE POLICIAIS MILITARES PARA O NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DO VEREADOR RONALDO VENÂNCIO, PARA QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO VEREADOR FRANCISCO ROBERTO DE LIMA PELO SEU NATALÍCIO CELEBRADO NO ÚLTIMO DIA 16 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>DA VEREADORA PATRÍCIA JUNA, PARA QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES A VEREADORA ZÉLIA PEREIRA DOS SANTOS PELO SEU NATALÍCIO CELEBRADO NO DIA 20 DE SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>DO VEREADOR ROBERTO LIMA, PARA QUE A MESA DIRETORA ENCAMINHE OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A REPOSIÇÃO DE LÂMPADAS EM DIVERSOS PONTOS DA COMUNIDADE DE LAGOA GRANDE, PRINCIPALMENTE NA ENTRADA E APÓS A CAPELA AT&amp;#180;E O FINAL DA RUA.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>DO VEREADOR ROBERTO LIMA, PARA QUE A QUE A MESA DIRETORA ENCAMINHE OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO INFORMAÇÕES SOBRE O MAU CHEIRO SENTIDO PELOS MORADORES DAS RUAS VICENTE INÁCIO PEREIRA, OLINTO JOSÉ MEIRA E VIRGÍLIO INÁCIO BANDEIRA, OCASIONANDO TRANSTORNO AMBIENTAL E CABENDO AO ÓRGÃO COMPETENTE SOLUCIONAR O PROBLEMA.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA URBANISMO, SOLICITANDO CAPINAÇÃO, LIMPEZA, RETIRADA DE ENTULHOS, E SERVIÇO DE TERRAPLANAGEM DAS RUAS, GOVERNADOR DINARTE MARIZ, MAJOR GONDIM, E TRAVESSA QUE LIGAM AS DUAS TODAS NO LOTEAMENTO LUIZ ULEIRO._x000D_
 </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE INICIATIVA DA VEREADORA GRAÇAS FREITAS, PARA QUE SEJA ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SENHOR HÉRCULES MARCOS FREITAS DA SILVA, PELA VITÓRIA CONQUISTADA PARA A PRESIDÊNCIA DO CONSELHO COMUNITÁRIO DE MURIÚ.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE INICIATIVA DO VEREADOR ROBERTO LIMA, PARA SER QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA INFRAESTRUTURA, SOLICITANDO A CONSTRUÇÃO DE CALÇAMENTO DAS RUAS DO CONJUNTO HABITACIONAL EDGAR BARBOSA._x000D_
 </t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO, NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO REVERENDÍSSIMO, BIANOR FRANCISCO DE LIMA JÚNIOR PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 05 DE OUTUBRO</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÃO AO SENHOR RILDO SILVA DO NASCIMENTO, PELO SEU NATALÍCIO NESTE DIA 11DE OUTUBRO DE 2011.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES A COMUNIDADE DE SÃO GERALDO EM CEARÁ-MIRIM PELAS AÇÕES EVANGELIZADORAS DESENVOLVIDAS NESTES 28 ANOS DE EXISTÊNCIA. </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO A LIMPEZA DO RIO D&amp;#8217;ÁGUA AZUL INICIANDO NA SUA FOZ, FAZENDA NASCENÇA, QUE SE ENCONTRA POLUÍDO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA URBANISMO, SOLICITANDO INSTALAR CORRIMÃO NAS ESCADARIAS E RAMPAS DAS PRAÇAS PÚBLICAS PRÓXIMAS AO PALÁCIO ANTUNES E MERCADO DAS FRUTAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO A SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA E DA DEFESA SOCIAL E 3ª COMPANHIA DE POLÍCIA MILITAR/11º BPM COM SEDE EM CEARÁ-MIRIM, SOLICITANDO A RONDA POLICIAL OSTENSIVA NA COMUNIDADE DE PRIMEIRA LAGOA, SITUADO EM NOSSO MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA AO DIRETOR DO SAAE, SOLICITANDO DOIS DESSALINIZADORES, SENDO UM PARA O POÇO DO BAIRRO PLANALTO E OUTRO PARA NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE A MESA DIRETORA ENCAMINHE OFÍCIO AO SENHOR PREFEITO COM CÓPIA AS SECRETARIAS DE INFRAESTRUTURA E URBANISMO, SOLICITANDO QUE SEJAM COLOCADAS LOMBADAS NAS SEGUINTES RUAS:_x000D_
 RAFAEL FERNANDO SOBRAL NO QUARTEIRÃO ENTRE A OSCAR BRANDÃO E 08 DE DEZEMBRO;_x000D_
 VICENTE INÁCIO PEREIRA NO QUARTEIRÃO ENTRE A MEIRA E SÁ E VIRGÍLIO BANDEIRA;_x000D_
 VIRGILIO INÁCIO BANDEIRA PRÓXIMO A ESQUINA COM A RUA VICENTE INÁCIO PEREIRA. _x000D_
 </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE A MESA DIRETORA ENCAMINHE OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE URBANISMO, SOLICITANDO A REPOSIÇÃO DE LÂMPADAS NOS POSTES DAS RUAS SEGUINTES:_x000D_
  _x000D_
 _x000D_
 AV. CASA GRANDE, POSTE Nº P 60.322 &amp;#8211; LOTEAMENTO NOVO HORIZONTE;_x000D_
 RUA CAICÓ POSTE Nº B 22.008; _x000D_
 RUA CEARÁ-MIRIM POSTE Nº B 21. 995 - P 60.296 E B 21.996 E_x000D_
 RUA SÃO GONÇALO POSTE Nº B 21.992, TODOS NO CONJUNTO NOVOS TEMPOS;_x000D_
 </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NOS TERMOS DO ART. 111 DO REGIMENTO INTERNO DESTA CASA, QUE SEJA ENCAMINHADO OFÍCIO A SECRETARIA DE ESTADO DA JUSTIÇA E CIDADANIA - SEJUC, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REGULARIZAR O FUNCIONAMENTO DA CENTRAL DO CIDADÃO EM CEARÁ-MIRIM.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE AGRICULTURA, SOLICITANDO PROVIDÊNCIAS URGENTES PARA O PROBLEMA DO MATADOURO QUE COLOCA OS DEJETOS (SANGUE, ÁGUA DE LAVAGEM, ENTRE OUTROS) NAS BOCAS DE LOBO GERANDO GASES POLUENTES CAUSADOR DE TRANSTORNOS AMBIENTAIS EM TODO PERCURSO DO SANEAMENTO, PRINCIPALMENTE NAS RUAS DR. VIRGILIO INÁCIO BANDEIRA, OSCAR BRANDÃO ENTRE OUTRAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO MOÇÃO DE CONGRATULAÇÕES AO MINISTÉRIO DE CÂNTICOS E EVANGELIZAÇÃO CRISTO REI DA COMUNIDADE DE CAPOEIRA GRANDE PELA PASSAGEM DOS 10 ANOS DE CRIAÇÃO CELEBRADO NO ÚLTIMO DIA 20 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO A CAIXA ECONÔMICA FEDERAL E A EMPRESA MÓDULO, SOLICITANDO INFORMAÇÃO A RESPEITO DA FALTA DE PISO (CERÂMICA) NAS CASAS CONSTRUÍDA POR ESSAS INSTITUIÇÕES, LOCALIZADAS AS MARGENS DA BR 406. _x000D_
 </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO A SECRETARIA ESTADUAL DE SEGURANÇA PÚBLICA DO ESTADO, SOLICITANDO A REALIZAÇÃO E/OU INTENSIFICAÇÃO DA RONDA POLICIAL MILITAR NOS LOTEAMENTOS DOS PROGRAMAS HABITACIONAIS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO OFÍCIO A ASSEMBLÉIA LEGISLATIVA EXTENSIVO AOS 24 DEPUTADOS, SOLICITANDO A INCLUSÃO DE EMENDAS NO ORÇAMENTO DO ESTADO PARA CELEBRAÇÃO DE CONVÊNIOS AUXILIANDO NA REFORMA DA MATRIZ DE NOSSA SENHORA DA CONCEIÇÃO EM CEARÁ-MIRIM. </t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO COM CÓPIA A SECRETARIA DE INFRAESTRUTURA, SOLICITANDO QUE SEJA CONSTRUÍDA LOMBADA NA RUA OSCAR BRANDÃO EM FRENTE A ASSOCIAÇÃO DAS COSTUREIRAS E/OU RESIDÊNCIA DE MILTON RODRIGUES.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
+    <t>http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADA MOÇÃO DE CONGRATULAÇÕES AO SENHOR MANOEL ROBERTO INÁCIO, PELA PASSAGEM DE SEU NATALÍCIO CELEBRADO EM 27 DE NOVEMBRO. </t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>PARA SER ENCAMINHADO OFÍCIO A SENHORA ROSALBA CIARLINI, GOVERNADORA DO ESTADO, COM CÓPIA AO SENHOR RICARDO MOTTA, PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA E AO SENHOR ANTONIO MARCOS DE ABREU PEIXOTO, PREFEITO MUNICIPAL, SOLICITANDO A PREPARAÇÃO DE UM ESPAÇO URBANO COM TODA INFRAESTRUTURA NECESSÁRIA PARA SE INICIAR A INSTALAÇÃO DE UM DISTRITO INDUSTRIAL, OBJETIVANDO INCLUIR O MUNICÍPIO NO DESENVOLVIMENTO DO ESTADO.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>, PARA ENCAMINHADO OFÍCIO A SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA E DA DEFESA SOCIAL COM CÓPIA A 3ª COMPANHIA DE POLÍCIA MILITAR/11º BPM COM SEDE EM CEARÁ-MIRIM, SOLICITANDO A RONDA POLICIAL OSTENSIVA NA LOCALIDADE DE LAGOA GRANDE, SITUADO NO MUNICÍPIO DE CEARÁ-MIRIM.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -2675,68 +2675,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cearamirim.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>